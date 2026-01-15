--- v0 (2025-12-08)
+++ v1 (2026-01-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69c7103b78fd4037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f43c767bf8c4465b9edd748572d29de1.psmdcp" Id="R195cf74408ba4996" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffd9afd44c45411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8ecd332838145ef847821e36c68895a.psmdcp" Id="R77f4653ede6d4296" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sked" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm.Print_Area" localSheetId="0">Sked!$A$1:$F$33</x:definedName>
     <x:definedName name="_xlnm.Print_Titles" localSheetId="0">Sked!4:4</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>No Hit Wonders - 2024</x:t>
   </x:si>
   <x:si>