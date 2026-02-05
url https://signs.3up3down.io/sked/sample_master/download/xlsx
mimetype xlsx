--- v1 (2026-01-15)
+++ v2 (2026-02-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffd9afd44c45411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8ecd332838145ef847821e36c68895a.psmdcp" Id="R77f4653ede6d4296" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de117ade4d24bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/88025f3b2e33430a882ae0af5d2b6ba0.psmdcp" Id="R1fe9bd876af3491d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sked" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm.Print_Area" localSheetId="0">Sked!$A$1:$F$33</x:definedName>
     <x:definedName name="_xlnm.Print_Titles" localSheetId="0">Sked!4:4</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>No Hit Wonders - 2024</x:t>
   </x:si>
   <x:si>