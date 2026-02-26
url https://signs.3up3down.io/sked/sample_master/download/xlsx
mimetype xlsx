--- v2 (2026-02-05)
+++ v3 (2026-02-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de117ade4d24bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/88025f3b2e33430a882ae0af5d2b6ba0.psmdcp" Id="R1fe9bd876af3491d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf783749991c94f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad446a3d8d5d4c5a8de15f81d51d61dd.psmdcp" Id="R6a6471c38315461a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sked" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm.Print_Area" localSheetId="0">Sked!$A$1:$F$33</x:definedName>
     <x:definedName name="_xlnm.Print_Titles" localSheetId="0">Sked!4:4</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>No Hit Wonders - 2024</x:t>
   </x:si>
   <x:si>