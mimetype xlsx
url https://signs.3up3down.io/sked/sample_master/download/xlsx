--- v3 (2026-02-26)
+++ v4 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf783749991c94f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad446a3d8d5d4c5a8de15f81d51d61dd.psmdcp" Id="R6a6471c38315461a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706bd20d02dc46c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92d65507f4f54ba3b138dd2d6ac0d930.psmdcp" Id="Rc5c8910388124bcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sked" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm.Print_Area" localSheetId="0">Sked!$A$1:$F$33</x:definedName>
     <x:definedName name="_xlnm.Print_Titles" localSheetId="0">Sked!4:4</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>No Hit Wonders - 2024</x:t>
   </x:si>
   <x:si>