--- v0 (2025-12-14)
+++ v1 (2026-01-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c0bbd2e560f498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b21d436420cf40debf3f303688a9fabc.psmdcp" Id="Rd0dd5abda3294a11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R289f95592a9d4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b5002320bb542ad8027afdceee24906.psmdcp" Id="R69fa1ec661844161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sked" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm.Print_Area" localSheetId="0">Sked!$A$1:$F$11</x:definedName>
     <x:definedName name="_xlnm.Print_Titles" localSheetId="0">Sked!4:4</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>No Hit Wonders - 2024 Tournament Schedule</x:t>
   </x:si>
   <x:si>