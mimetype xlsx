--- v1 (2026-01-15)
+++ v2 (2026-02-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R289f95592a9d4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b5002320bb542ad8027afdceee24906.psmdcp" Id="R69fa1ec661844161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86235ae8fd5c48c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6db6a3e0255142a68ab4d60d9be73b47.psmdcp" Id="Rfbcf90aa4d184a3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sked" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm.Print_Area" localSheetId="0">Sked!$A$1:$F$11</x:definedName>
     <x:definedName name="_xlnm.Print_Titles" localSheetId="0">Sked!4:4</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>No Hit Wonders - 2024 Tournament Schedule</x:t>
   </x:si>
   <x:si>