--- v2 (2026-02-05)
+++ v3 (2026-02-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86235ae8fd5c48c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6db6a3e0255142a68ab4d60d9be73b47.psmdcp" Id="Rfbcf90aa4d184a3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8f3d4e0a2b4b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3a9ccf923234ecaba0e96149df77f71.psmdcp" Id="R9721a42884ad4d5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sked" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm.Print_Area" localSheetId="0">Sked!$A$1:$F$11</x:definedName>
     <x:definedName name="_xlnm.Print_Titles" localSheetId="0">Sked!4:4</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>No Hit Wonders - 2024 Tournament Schedule</x:t>
   </x:si>
   <x:si>