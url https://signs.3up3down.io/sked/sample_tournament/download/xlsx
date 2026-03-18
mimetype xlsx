--- v3 (2026-02-26)
+++ v4 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8f3d4e0a2b4b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3a9ccf923234ecaba0e96149df77f71.psmdcp" Id="R9721a42884ad4d5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf48cf9a476641f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/788157ef2a494b149c9ae501b1d68bd1.psmdcp" Id="Re135fd0a247e40ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sked" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm.Print_Area" localSheetId="0">Sked!$A$1:$F$11</x:definedName>
     <x:definedName name="_xlnm.Print_Titles" localSheetId="0">Sked!4:4</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>No Hit Wonders - 2024 Tournament Schedule</x:t>
   </x:si>
   <x:si>